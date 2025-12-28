--- v0 (2025-10-28)
+++ v1 (2025-12-28)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95db3aa26ee145d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R512e3ea4e62c4edb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R68a8e8c2a3f94016"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Ra4652cbe3d7e49b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R68a8e8c2a3f94016" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra4652cbe3d7e49b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Submittal/Letter Date</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Manufacturer Name</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Origina Make</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Original Model</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>Original Body Type</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>Original Model Year</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -2379,28 +2379,120 @@
       </x:c>
     </x:row>
     <x:row r="103">
       <x:c r="A103" t="str">
         <x:v>5/2/2025</x:v>
       </x:c>
       <x:c r="B103" t="str">
         <x:v>SLOW RIDES LLC</x:v>
       </x:c>
       <x:c r="C103" t="str">
         <x:v>Austin</x:v>
       </x:c>
       <x:c r="D103" t="str">
         <x:v>Mini Moke</x:v>
       </x:c>
       <x:c r="E103" t="str">
         <x:v>Moke</x:v>
       </x:c>
       <x:c r="F103" t="str">
         <x:v>1987</x:v>
       </x:c>
       <x:c r="G103" t="str">
         <x:v>Deemed Approved</x:v>
       </x:c>
     </x:row>
+    <x:row r="104">
+      <x:c r="A104" t="str">
+        <x:v>6/9/2025</x:v>
+      </x:c>
+      <x:c r="B104" t="str">
+        <x:v>SCUDERIA CAMERON GLICKENHAUS LLC</x:v>
+      </x:c>
+      <x:c r="C104" t="str">
+        <x:v>Hurst</x:v>
+      </x:c>
+      <x:c r="D104" t="str">
+        <x:v>Baja Boot</x:v>
+      </x:c>
+      <x:c r="E104" t="str">
+        <x:v>MPV open body type</x:v>
+      </x:c>
+      <x:c r="F104" t="str">
+        <x:v>1967</x:v>
+      </x:c>
+      <x:c r="G104" t="str">
+        <x:v>Approved</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105">
+      <x:c r="A105" t="str">
+        <x:v>6/9/2025</x:v>
+      </x:c>
+      <x:c r="B105" t="str">
+        <x:v>SCUDERIA CAMERON GLICKENHAUS LLC</x:v>
+      </x:c>
+      <x:c r="C105" t="str">
+        <x:v>Hurst</x:v>
+      </x:c>
+      <x:c r="D105" t="str">
+        <x:v>Baja Boot</x:v>
+      </x:c>
+      <x:c r="E105" t="str">
+        <x:v>MPV open body type</x:v>
+      </x:c>
+      <x:c r="F105" t="str">
+        <x:v>1967</x:v>
+      </x:c>
+      <x:c r="G105" t="str">
+        <x:v>Approved</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106">
+      <x:c r="A106" t="str">
+        <x:v>8/14/2025</x:v>
+      </x:c>
+      <x:c r="B106" t="str">
+        <x:v>ICONIC AUTOMOTIVE BRANDS LLC</x:v>
+      </x:c>
+      <x:c r="C106" t="str">
+        <x:v>Santana</x:v>
+      </x:c>
+      <x:c r="D106" t="str">
+        <x:v>Series IV 109</x:v>
+      </x:c>
+      <x:c r="E106" t="str">
+        <x:v>SUV</x:v>
+      </x:c>
+      <x:c r="F106" t="str">
+        <x:v>1987</x:v>
+      </x:c>
+      <x:c r="G106" t="str">
+        <x:v>Approved</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107">
+      <x:c r="A107" t="str">
+        <x:v>8/14/2025</x:v>
+      </x:c>
+      <x:c r="B107" t="str">
+        <x:v>ICONIC AUTOMOTIVE BRANDS LLC</x:v>
+      </x:c>
+      <x:c r="C107" t="str">
+        <x:v>Santana</x:v>
+      </x:c>
+      <x:c r="D107" t="str">
+        <x:v>Series IV 88</x:v>
+      </x:c>
+      <x:c r="E107" t="str">
+        <x:v>SUV</x:v>
+      </x:c>
+      <x:c r="F107" t="str">
+        <x:v>1987</x:v>
+      </x:c>
+      <x:c r="G107" t="str">
+        <x:v>Approved</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>