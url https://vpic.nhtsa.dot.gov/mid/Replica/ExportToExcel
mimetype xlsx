--- v0 (2025-10-28)
+++ v1 (2025-12-14)
@@ -1,627 +1,646 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbc7227dce814556" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f476fee9ea642c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rf395120b7f814d90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rd16b028f4d434959"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf395120b7f814d90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd16b028f4d434959" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>Manufacturer Name</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>Vehicle(s)</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>Status</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Date of Expiry</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>Reason for Expiration</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str">
         <x:v>MONTE CARLO  LIMITED INC</x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>1967 austin moke Cn </x:v>
       </x:c>
       <x:c r="C2" t="str">
         <x:v>Active</x:v>
       </x:c>
       <x:c r="D2" t="str">
         <x:v/>
       </x:c>
       <x:c r="E2" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str">
+        <x:v>SCUDERIA CAMERON GLICKENHAUS LLC</x:v>
+      </x:c>
+      <x:c r="B3" t="str">
+        <x:v>1967 Hurst Baja Boot MPV open body type </x:v>
+      </x:c>
+      <x:c r="C3" t="str">
+        <x:v>Active</x:v>
+      </x:c>
+      <x:c r="D3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E3" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="4">
+      <x:c r="A4" t="str">
         <x:v>SIGNATURE AUTOSPORT, LLC</x:v>
       </x:c>
-      <x:c r="B3" t="str">
+      <x:c r="B4" t="str">
         <x:v>1942 Dodge WC-53 Station Wagon 
 1945 Dodge Power Wagon Pickup 
 1945 Dodge Power Wagon Pickup 
 1945 Dodge Power Wagon Pickup 
 1993 Land Rover Defender 110 Double Cab 
 1993 Land Rover Defender 110 Soft Top 
 1993 Land Rover Defender 110 Station Wagon 
 1993 Land Rover Defender 130 Crew Cab Hi-Capacity Pickup 
 1997 Land Rover Defender 90 Soft Top 
 1997 Land Rover Defender 90 Station Wagon </x:v>
       </x:c>
-      <x:c r="C3" t="str">
-[...15 lines deleted...]
-      </x:c>
       <x:c r="C4" t="str">
         <x:v>Active</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v/>
       </x:c>
       <x:c r="E4" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str">
-        <x:v>SUPERFORMANCE LLC</x:v>
+        <x:v>TR-TEC (PTY) LTD.</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>1965 Shelby Cobra Convertible </x:v>
+        <x:v>1965 AC Cobra 427SC Convertible Roadster </x:v>
       </x:c>
       <x:c r="C5" t="str">
         <x:v>Active</x:v>
       </x:c>
       <x:c r="D5" t="str">
         <x:v/>
       </x:c>
       <x:c r="E5" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="str">
+        <x:v>SUPERFORMANCE LLC</x:v>
+      </x:c>
+      <x:c r="B6" t="str">
+        <x:v>1965 Shelby Cobra Convertible </x:v>
+      </x:c>
+      <x:c r="C6" t="str">
+        <x:v>Active</x:v>
+      </x:c>
+      <x:c r="D6" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E6" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="7">
+      <x:c r="A7" t="str">
         <x:v>TEST MANUFACTURER 4/1/2022</x:v>
       </x:c>
-      <x:c r="B6" t="str">
+      <x:c r="B7" t="str">
         <x:v>2000 make model body 
 2000 test test test </x:v>
       </x:c>
-      <x:c r="C6" t="str">
+      <x:c r="C7" t="str">
         <x:v>Expired</x:v>
       </x:c>
-      <x:c r="D6" t="str">
+      <x:c r="D7" t="str">
         <x:v>12/13/2024</x:v>
       </x:c>
-      <x:c r="E6" t="str">
+      <x:c r="E7" t="str">
         <x:v>Testing------The manufacturer has not submitted the AR submission for year 2023----Testing</x:v>
-      </x:c>
-[...15 lines deleted...]
-        <x:v/>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="str">
-        <x:v>ALLARD MOTOR WORKS LLC</x:v>
+        <x:v>FACTORY FIVE RACING, INC.</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>1953 Allard J2X Open cockpit 2-seater competition roadster </x:v>
+        <x:v>1965 Ford Shelby 427 Cobra Roadster </x:v>
       </x:c>
       <x:c r="C8" t="str">
         <x:v>Active</x:v>
       </x:c>
       <x:c r="D8" t="str">
         <x:v/>
       </x:c>
       <x:c r="E8" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="str">
+        <x:v>ALLARD MOTOR WORKS LLC</x:v>
+      </x:c>
+      <x:c r="B9" t="str">
+        <x:v>1953 Allard J2X Open cockpit 2-seater competition roadster </x:v>
+      </x:c>
+      <x:c r="C9" t="str">
+        <x:v>Active</x:v>
+      </x:c>
+      <x:c r="D9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E9" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="10">
+      <x:c r="A10" t="str">
         <x:v>CATERHAM CARS NORTH AMERICA LLC</x:v>
       </x:c>
-      <x:c r="B9" t="str">
+      <x:c r="B10" t="str">
         <x:v>1968 Lotus Seven Convertible 
 1968 Lotus Seven Convertible 
 1992 Caterham Seven Convertible 
 1992 Caterham Seven Convertible </x:v>
       </x:c>
-      <x:c r="C9" t="str">
-[...10 lines deleted...]
-      <x:c r="A10" t="str">
+      <x:c r="C10" t="str">
+        <x:v>Active</x:v>
+      </x:c>
+      <x:c r="D10" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E10" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="11">
+      <x:c r="A11" t="str">
         <x:v>VAPORBRANDS INTERNATIONAL INC., DBA E-CITE MOTORS GROUP</x:v>
       </x:c>
-      <x:c r="B10" t="str">
+      <x:c r="B11" t="str">
         <x:v>1970 Chevrolet C3 Corvette Coupe 
 1972 Ferrari Dino 246 GTS Targa 
 1989 Lambroghini LM002 Pick-Up 
 1990 Lamborghini LM002 Pick-Up 
 1992 Jaguar XJ220 Coupe </x:v>
       </x:c>
-      <x:c r="C10" t="str">
-[...15 lines deleted...]
-      </x:c>
       <x:c r="C11" t="str">
         <x:v>Active</x:v>
       </x:c>
       <x:c r="D11" t="str">
         <x:v/>
       </x:c>
       <x:c r="E11" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="str">
+        <x:v>MOKE INTERNATIONAL LIMITED</x:v>
+      </x:c>
+      <x:c r="B12" t="str">
+        <x:v>1987 Austin Rover Portugal MOKE Convertible </x:v>
+      </x:c>
+      <x:c r="C12" t="str">
+        <x:v>Active</x:v>
+      </x:c>
+      <x:c r="D12" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E12" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="13">
+      <x:c r="A13" t="str">
         <x:v>AC CARS (ENGLAND) LIMITED</x:v>
       </x:c>
-      <x:c r="B12" t="str">
+      <x:c r="B13" t="str">
         <x:v>1957 AC Ace Convertible 
 1977 AC Autokraft MKIV Roadster </x:v>
       </x:c>
-      <x:c r="C12" t="str">
-[...15 lines deleted...]
-      </x:c>
       <x:c r="C13" t="str">
         <x:v>Active</x:v>
       </x:c>
       <x:c r="D13" t="str">
         <x:v/>
       </x:c>
       <x:c r="E13" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="str">
-        <x:v>ARKONIK LTD</x:v>
+        <x:v>EDWARDS WELDING AND TRUCK</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>1991 Land Rover Defender Station Wagon </x:v>
+        <x:v>1927 ford t coupe </x:v>
       </x:c>
       <x:c r="C14" t="str">
         <x:v>Active</x:v>
       </x:c>
       <x:c r="D14" t="str">
         <x:v/>
       </x:c>
       <x:c r="E14" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="str">
+        <x:v>ARKONIK LTD</x:v>
+      </x:c>
+      <x:c r="B15" t="str">
+        <x:v>1991 Land Rover Defender Station Wagon </x:v>
+      </x:c>
+      <x:c r="C15" t="str">
+        <x:v>Active</x:v>
+      </x:c>
+      <x:c r="D15" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E15" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="16">
+      <x:c r="A16" t="str">
         <x:v>HOLMAN &amp; MOODY, INC</x:v>
       </x:c>
-      <x:c r="B15" t="str">
+      <x:c r="B16" t="str">
         <x:v>1966 Ford GT MKII Coupe 
 1966 Ford GT MKII Coupe </x:v>
       </x:c>
-      <x:c r="C15" t="str">
-[...15 lines deleted...]
-      </x:c>
       <x:c r="C16" t="str">
         <x:v>Active</x:v>
       </x:c>
       <x:c r="D16" t="str">
         <x:v/>
       </x:c>
       <x:c r="E16" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="str">
-        <x:v>ICONIC AUTOMOTIVE BRANDS LLC</x:v>
+        <x:v>TUNING FACTORY GMBH</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>1987 Santana Series IV 109 SUV 
-1987 Santana S.A. Series IV 88 SUV </x:v>
+        <x:v>1955 Chevrolet  210 Sedan </x:v>
       </x:c>
       <x:c r="C17" t="str">
         <x:v>Active</x:v>
       </x:c>
       <x:c r="D17" t="str">
         <x:v/>
       </x:c>
       <x:c r="E17" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="str">
+        <x:v>ICONIC AUTOMOTIVE BRANDS LLC</x:v>
+      </x:c>
+      <x:c r="B18" t="str">
+        <x:v>1987 Santana Series IV 109 SUV 
+1987 Santana Series IV 109 SUV 
+1987 Santana Series IV 88 SUV 
+1987 Santana S.A. Series IV 88 SUV </x:v>
+      </x:c>
+      <x:c r="C18" t="str">
+        <x:v>Active</x:v>
+      </x:c>
+      <x:c r="D18" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E18" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="19">
+      <x:c r="A19" t="str">
         <x:v>TRIBAL IRON CUSTOMS</x:v>
       </x:c>
-      <x:c r="B18" t="str">
+      <x:c r="B19" t="str">
         <x:v>1966 Ford GT-40 Passenger vehicle 
 1966 Ford GT-40 Passenger vehicle 
 1966 Ford GT-40 Passenger vehicle 
 1966 Ford GT-40R Passenger vehicle </x:v>
       </x:c>
-      <x:c r="C18" t="str">
-[...15 lines deleted...]
-      </x:c>
       <x:c r="C19" t="str">
         <x:v>Active</x:v>
       </x:c>
       <x:c r="D19" t="str">
         <x:v/>
       </x:c>
       <x:c r="E19" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="str">
+        <x:v>MORGAN MOTOR COMPANY LIMITED</x:v>
+      </x:c>
+      <x:c r="B20" t="str">
+        <x:v>1985 Morgan Plus 8 Roadster </x:v>
+      </x:c>
+      <x:c r="C20" t="str">
+        <x:v>Active</x:v>
+      </x:c>
+      <x:c r="D20" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E20" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="21">
+      <x:c r="A21" t="str">
         <x:v>MEYERS MANX, LLC</x:v>
       </x:c>
-      <x:c r="B20" t="str">
+      <x:c r="B21" t="str">
         <x:v>1964 Meyers Manx Meyers Manx Roadster 
 1970 Meyers Manx Resorter Roadster </x:v>
       </x:c>
-      <x:c r="C20" t="str">
-[...15 lines deleted...]
-      </x:c>
       <x:c r="C21" t="str">
         <x:v>Active</x:v>
       </x:c>
       <x:c r="D21" t="str">
         <x:v/>
       </x:c>
       <x:c r="E21" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="str">
-        <x:v>MOKE ASSEMBLY, LLC</x:v>
+        <x:v>SEBRING WORKS LTD.</x:v>
       </x:c>
       <x:c r="B22" t="str">
-        <x:v>1987 Austin Rover Mini Moke Convertible  </x:v>
+        <x:v>1957 Porsche  356  Convertible </x:v>
       </x:c>
       <x:c r="C22" t="str">
         <x:v>Active</x:v>
       </x:c>
       <x:c r="D22" t="str">
         <x:v/>
       </x:c>
       <x:c r="E22" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="str">
+        <x:v>MOKE ASSEMBLY, LLC</x:v>
+      </x:c>
+      <x:c r="B23" t="str">
+        <x:v>1987 Austin Rover Mini Moke Convertible  </x:v>
+      </x:c>
+      <x:c r="C23" t="str">
+        <x:v>Active</x:v>
+      </x:c>
+      <x:c r="D23" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E23" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="24">
+      <x:c r="A24" t="str">
         <x:v>OILSTAINLAB LLC</x:v>
       </x:c>
-      <x:c r="B23" t="str">
+      <x:c r="B24" t="str">
         <x:v>1967 alfa romeo 33 stradale coupe 
 1996 Porsche GT1 Coupe </x:v>
       </x:c>
-      <x:c r="C23" t="str">
-[...15 lines deleted...]
-      </x:c>
       <x:c r="C24" t="str">
         <x:v>Active</x:v>
       </x:c>
       <x:c r="D24" t="str">
         <x:v/>
       </x:c>
       <x:c r="E24" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="str">
-        <x:v>SOUTHFIELD CLASSICS</x:v>
+        <x:v>KINDIG-IT DESIGN</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>1950 Chevrolet 3100 truck </x:v>
+        <x:v>1953 Chevrolet Chevy Roadster </x:v>
       </x:c>
       <x:c r="C25" t="str">
         <x:v>Active</x:v>
       </x:c>
       <x:c r="D25" t="str">
         <x:v/>
       </x:c>
       <x:c r="E25" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="str">
+        <x:v>SOUTHFIELD CLASSICS</x:v>
+      </x:c>
+      <x:c r="B26" t="str">
+        <x:v>1950 Chevrolet 3100 truck </x:v>
+      </x:c>
+      <x:c r="C26" t="str">
+        <x:v>Active</x:v>
+      </x:c>
+      <x:c r="D26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E26" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="27">
+      <x:c r="A27" t="str">
         <x:v>RBW SPORTS &amp; CLASSICS, INC.</x:v>
       </x:c>
-      <x:c r="B26" t="str">
+      <x:c r="B27" t="str">
         <x:v>1968 MG MGB ROADSTER 
 1968 MG MGB GT COUPE </x:v>
       </x:c>
-      <x:c r="C26" t="str">
-[...15 lines deleted...]
-      </x:c>
       <x:c r="C27" t="str">
         <x:v>Active</x:v>
       </x:c>
       <x:c r="D27" t="str">
         <x:v/>
       </x:c>
       <x:c r="E27" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="str">
-        <x:v>HEDLEY STUDIOS LIMITED</x:v>
+        <x:v>P2W MOTORSPORTS LLC</x:v>
       </x:c>
       <x:c r="B28" t="str">
-        <x:v>1929 Bentley Blower Roadster </x:v>
+        <x:v>1970 Lotus Seven Series 4 Convertible </x:v>
       </x:c>
       <x:c r="C28" t="str">
         <x:v>Active</x:v>
       </x:c>
       <x:c r="D28" t="str">
         <x:v/>
       </x:c>
       <x:c r="E28" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="str">
+        <x:v>HEDLEY STUDIOS LIMITED</x:v>
+      </x:c>
+      <x:c r="B29" t="str">
+        <x:v>1929 Bentley Blower Roadster </x:v>
+      </x:c>
+      <x:c r="C29" t="str">
+        <x:v>Active</x:v>
+      </x:c>
+      <x:c r="D29" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E29" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="30">
+      <x:c r="A30" t="str">
         <x:v>ACTON CUSTOM ENTERPRISES</x:v>
       </x:c>
-      <x:c r="B29" t="str">
+      <x:c r="B30" t="str">
         <x:v>1964 Shelby 289 Cobra Roadster 
 1965 Shelby 427 Cobra Roadster 
 1965 Shelby Daytona  Coupe </x:v>
       </x:c>
-      <x:c r="C29" t="str">
-[...15 lines deleted...]
-      </x:c>
       <x:c r="C30" t="str">
         <x:v>Active</x:v>
       </x:c>
       <x:c r="D30" t="str">
         <x:v/>
       </x:c>
       <x:c r="E30" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="str">
+        <x:v>TRI-COUNTY MACHINE, LLC</x:v>
+      </x:c>
+      <x:c r="B31" t="str">
+        <x:v>1969 McLaren M6GT Coupe </x:v>
+      </x:c>
+      <x:c r="C31" t="str">
+        <x:v>Active</x:v>
+      </x:c>
+      <x:c r="D31" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E31" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="32">
+      <x:c r="A32" t="str">
         <x:v>RETRO RELICS MOTORS LLC</x:v>
       </x:c>
-      <x:c r="B31" t="str">
+      <x:c r="B32" t="str">
         <x:v>1956 Shelby Daytona Coupe 
 1965 Shelby Cobra Roadster </x:v>
       </x:c>
-      <x:c r="C31" t="str">
-[...15 lines deleted...]
-      </x:c>
       <x:c r="C32" t="str">
         <x:v>Active</x:v>
       </x:c>
       <x:c r="D32" t="str">
         <x:v/>
       </x:c>
       <x:c r="E32" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" t="str">
+        <x:v>PONTIAC MOTOR COMPANY</x:v>
+      </x:c>
+      <x:c r="B33" t="str">
+        <x:v>1968 Pontiac Fire Bird Coupe 2dr </x:v>
+      </x:c>
+      <x:c r="C33" t="str">
+        <x:v>Active</x:v>
+      </x:c>
+      <x:c r="D33" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E33" t="str">
+        <x:v/>
+      </x:c>
+    </x:row>
+    <x:row r="34">
+      <x:c r="A34" t="str">
         <x:v>SLOW RIDES LLC</x:v>
       </x:c>
-      <x:c r="B33" t="str">
+      <x:c r="B34" t="str">
         <x:v>1987 Austin Mini Moke Moke </x:v>
       </x:c>
-      <x:c r="C33" t="str">
-[...5 lines deleted...]
-      <x:c r="E33" t="str">
+      <x:c r="C34" t="str">
+        <x:v>Active</x:v>
+      </x:c>
+      <x:c r="D34" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="E34" t="str">
         <x:v/>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>